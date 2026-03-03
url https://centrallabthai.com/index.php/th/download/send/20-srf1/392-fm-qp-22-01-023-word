--- v0 (2025-10-08)
+++ v1 (2026-03-03)
@@ -3,6169 +3,7536 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1042BE7C" w14:textId="77777777" w:rsidR="00C97957" w:rsidRPr="00F00B00" w:rsidRDefault="00C97957" w:rsidP="00767079">
+    <w:p w14:paraId="4AD6E203" w14:textId="5B689BD4" w:rsidR="001436F8" w:rsidRPr="002E0C1F" w:rsidRDefault="00045693" w:rsidP="000D2ABB">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:cs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0034476A">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42C7D491" wp14:editId="7712BD3B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1210310</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-288290</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3101340" cy="351155"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="72815489" name="Text Box 8"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3101340" cy="351155"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1FBF0AF5" w14:textId="0653202A" w:rsidR="00E37F9A" w:rsidRDefault="00E37F9A" w:rsidP="00E37F9A">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="002E0C1F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                                <w:cs/>
+                              </w:rPr>
+                              <w:t>ข้อมูลเพิ่มเติมสำหรับฉลากโภชนาการ</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="42C7D491" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:95.3pt;margin-top:-22.7pt;width:244.2pt;height:27.65pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHzZ7ZMwIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2jAQfp+0/2D5fSQB0lJEqFgrpklV&#10;WwmmPhvHJpEcn2cbEvbrd3YCRd2epr2Y893lO9/33bG47xpFjsK6GnRBs1FKidAcylrvC/pju/4y&#10;o8R5pkumQIuCnoSj98vPnxatmYsxVKBKYQmCaDdvTUEr7808SRyvRMPcCIzQGJRgG+bxavdJaVmL&#10;6I1Kxml6k7RgS2OBC+fQ+9gH6TLiSym4f5HSCU9UQfFtPp42nrtwJssFm+8tM1XNh2ewf3hFw2qN&#10;RS9Qj8wzcrD1H1BNzS04kH7EoUlAypqL2AN2k6UfutlUzIjYC5LjzIUm9/9g+fPx1ZK6LOjteJbl&#10;09kdJZo1qNRWdJ58hY7MAkmtcXPM3RjM9h26Ueyz36Ez9N5J24Rf7IpgHOk+XSgOYBydkyzNJlMM&#10;cYxN8izL8wCTvH9trPPfBDQkGAW1KGFklh2fnO9TzymhmIZ1rVSUUWnSFvRmkqfxg0sEwZXGGqGH&#10;/q3B8t2uGxrbQXnCviz04+EMX9dY/Ik5/8oszgO+F2fcv+AhFWARGCxKKrC//uYP+SgTRilpcb4K&#10;6n4emBWUqO8aBbzLpoEGHy/T/HaMF3sd2V1H9KF5ABzhDLfJ8GiGfK/OprTQvOEqrEJVDDHNsXZB&#10;/dl88P3U4ypxsVrFJBxBw/yT3hgeoAOdgdpt98asGfj3qNwznCeRzT/I0Of2QqwOHmQdNQoE96wO&#10;vOP4RpWHVQv7cX2PWe9/CMvfAAAA//8DAFBLAwQUAAYACAAAACEAav61euEAAAAJAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQU/CQBCF7yb+h82YeIOtBCot3RLShJgYPYBcvE27Q9vQ3a3dBaq/3vGE&#10;x5f58uZ72Xo0nbjQ4FtnFTxNIxBkK6dbWys4fGwnSxA+oNXYOUsKvsnDOr+/yzDV7mp3dNmHWnCJ&#10;9SkqaELoUyl91ZBBP3U9Wb4d3WAwcBxqqQe8crnp5CyKYmmwtfyhwZ6KhqrT/mwUvBbbd9yVM7P8&#10;6YqXt+Om/zp8LpR6fBg3KxCBxnCD4U+f1SFnp9Kdrfai45xEMaMKJvPFHAQT8XPC60oFSQIyz+T/&#10;BfkvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIfNntkzAgAAWAQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGr+tXrhAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAjQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1FBF0AF5" w14:textId="0653202A" w:rsidR="00E37F9A" w:rsidRDefault="00E37F9A" w:rsidP="00E37F9A">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="002E0C1F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                          <w:cs/>
+                        </w:rPr>
+                        <w:t>ข้อมูลเพิ่มเติมสำหรับฉลากโภชนาการ</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:noProof/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E13CC2A" wp14:editId="388C3F00">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E8E8F0D" wp14:editId="572F011C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>15240</wp:posOffset>
+              <wp:posOffset>-44450</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-4775</wp:posOffset>
+              <wp:posOffset>-427990</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="752475" cy="752475"/>
-[...2 lines deleted...]
-            <wp:docPr id="10" name="Picture 10" descr="Central Lab LOGO-01"/>
+            <wp:extent cx="577215" cy="549275"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 10" descr="Central Lab LOGO-01"/>
+                    <pic:cNvPr id="1" name="Picture 1"/>
                     <pic:cNvPicPr>
-                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print"/>
-                    <a:srcRect/>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="752475" cy="752475"/>
+                      <a:ext cx="577215" cy="549275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...5 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00F00B00">
+      <w:r w:rsidR="00FC4F04">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:cs/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>บริษัท ห้องปฏิบัติการกลาง (ประเทศไทย) จำกัด</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> สาขากรุงเทพ</w:t>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4054ADE1" wp14:editId="4BAF9DF3">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4606290</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-488950</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2278380" cy="688975"/>
+                <wp:effectExtent l="0" t="0" r="26670" b="15875"/>
+                <wp:wrapNone/>
+                <wp:docPr id="204790114" name="Text Box 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2278380" cy="688975"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="31E50172" w14:textId="196A1DB1" w:rsidR="00E37F9A" w:rsidRPr="00FC4F04" w:rsidRDefault="00E37F9A" w:rsidP="00FC4F04">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E37F9A">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>*</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00FC4F04">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>*</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E37F9A">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>**</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E37F9A">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="22"/>
+                                <w:cs/>
+                              </w:rPr>
+                              <w:t>สำหรับเจ้าหน้าที่</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E37F9A">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>****</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E37F9A">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidR="00FC4F04">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="24"/>
+                                <w:cs/>
+                              </w:rPr>
+                              <w:t>รหัสตัวอย่าง</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00FC4F04">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> :</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidR="00FC4F04">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> _______/______________-________</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4AC21C61" w14:textId="05B01251" w:rsidR="00E37F9A" w:rsidRPr="00FC4F04" w:rsidRDefault="00E37F9A" w:rsidP="00FC4F04">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FC4F04">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="24"/>
+                                <w:cs/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">วันที่รับตัวอย่าง </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FC4F04">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">: </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00FC4F04">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>____________________________</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4054ADE1" id="Text Box 7" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:362.7pt;margin-top:-38.5pt;width:179.4pt;height:54.25pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXzI/9VQIAALAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X/zRpPlAnCJLkWFA&#10;0RZIip4VWY6NyaImKbGzXz9KdtK022nYRaHI5yfykcz8rq0lOQpjK1AZTQYxJUJxyCu1z+jLdv1l&#10;Qol1TOVMghIZPQlL7xafP80bPRMplCBzYQiSKDtrdEZL5/QsiiwvRc3sALRQGCzA1Mzh1eyj3LAG&#10;2WsZpXF8GzVgcm2AC2vRe98F6SLwF4Xg7qkorHBEZhRzc+E04dz5M1rM2WxvmC4r3qfB/iGLmlUK&#10;H71Q3TPHyMFUf1DVFTdgoXADDnUERVFxEWrAapL4QzWbkmkRakFxrL7IZP8fLX88PhtS5RlN4+F4&#10;GifJkBLFamzVVrSOfIWWjL1KjbYzBG80wl2Lbuz22W/R6YtvC1P7XyyLYBz1Pl009mQcnWk6ntxM&#10;MMQxdjuZTMcjTxO9fa2Ndd8E1MQbGTXYwyAtOz5Y10HPEP+YBVnl60rKcPFzI1bSkCPDjksXckTy&#10;dyipSIOP34ziQPwu5qkv3+8k4z/69K5QyCcV5uw16Wr3lmt3bVDyossO8hPKZaAbO6v5ukL6B2bd&#10;MzM4ZygD7o57wqOQgDlBb1FSgvn1N7/HY/sxSkmDc5tR+/PAjKBEflc4GNNkOPSDHi7D0TjFi7mO&#10;7K4j6lCvAIVKcEs1D6bHO3k2CwP1K67Y0r+KIaY4vp1RdzZXrtsmXFEulssAwtHWzD2ojeae2jfG&#10;y7ptX5nRfVsdDsQjnCeczT50t8P6LxUsDw6KKrTe69yp2suPaxGGp19hv3fX94B6+6NZ/AYAAP//&#10;AwBQSwMEFAAGAAgAAAAhAEO7IgffAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNxap6ElaYhTASpceqKgnrexa0fE68h20/D3uCc4rvZp5k29mWzPRuVD50jAYp4BU9Q62ZEW&#10;8PX5NiuBhYgksXekBPyoAJvm9qbGSroLfahxHzVLIRQqFGBiHCrOQ2uUxTB3g6L0OzlvMabTay49&#10;XlK47XmeZY/cYkepweCgXo1qv/dnK2D7ote6LdGbbSm7bpwOp51+F+L+bnp+AhbVFP9guOondWiS&#10;09GdSQbWCyjy1TKhAmZFkUZdiaxc5sCOAh4WK+BNzf9vaH4BAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAV8yP/VUCAACwBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAQ7siB98AAAALAQAADwAAAAAAAAAAAAAAAACvBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="31E50172" w14:textId="196A1DB1" w:rsidR="00E37F9A" w:rsidRPr="00FC4F04" w:rsidRDefault="00E37F9A" w:rsidP="00FC4F04">
+                      <w:pPr>
+                        <w:spacing w:after="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E37F9A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>*</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00FC4F04">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>*</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E37F9A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>**</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E37F9A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="22"/>
+                          <w:cs/>
+                        </w:rPr>
+                        <w:t>สำหรับเจ้าหน้าที่</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E37F9A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>****</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E37F9A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidR="00FC4F04">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="24"/>
+                          <w:cs/>
+                        </w:rPr>
+                        <w:t>รหัสตัวอย่าง</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00FC4F04">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> :</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidR="00FC4F04">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> _______/______________-________</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4AC21C61" w14:textId="05B01251" w:rsidR="00E37F9A" w:rsidRPr="00FC4F04" w:rsidRDefault="00E37F9A" w:rsidP="00FC4F04">
+                      <w:pPr>
+                        <w:spacing w:after="0"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FC4F04">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="24"/>
+                          <w:cs/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">วันที่รับตัวอย่าง </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FC4F04">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">: </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00FC4F04">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>____________________________</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B9244B4" w14:textId="2C17FC9D" w:rsidR="00C97957" w:rsidRPr="0034476A" w:rsidRDefault="00C97957" w:rsidP="00767079">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10910" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="57" w:type="dxa"/>
+          <w:right w:w="57" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1848"/>
+        <w:gridCol w:w="869"/>
+        <w:gridCol w:w="8193"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w14:paraId="476FF4E6" w14:textId="77777777" w:rsidTr="00E37F9A">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="59"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C7970FB" w14:textId="02F414F6" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00AC709A" w:rsidP="00AC709A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ชื่อ</w:t>
+            </w:r>
+            <w:r w:rsidR="004812F2">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>และ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ที่อยู่ลูกค้า</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69F02526" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00AC709A" w:rsidP="00AC709A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(Customer Name &amp; Address)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCE0616" w14:textId="3D24C734" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00D16244" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51545891" wp14:editId="2B4B5B21">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-98425</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>33020</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="655320" cy="295910"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1847239368" name="Text Box 4"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="655320" cy="295910"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="6350">
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w14:paraId="4651BF86" w14:textId="2ED4AC69" w:rsidR="00D16244" w:rsidRDefault="00D16244" w:rsidP="00D16244">
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="002E0C1F">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                      <w:b/>
+                                      <w:bCs/>
+                                      <w:szCs w:val="22"/>
+                                      <w:cs/>
+                                    </w:rPr>
+                                    <w:t>(ไทย)</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="51545891" id="Text Box 4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-7.75pt;margin-top:2.6pt;width:51.6pt;height:23.3pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCiZAQ4NAIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2jAUfZ+0/2D5fYTvFkSoWCumSait&#10;BFOfjeNApMTXsw0J+/U7doCibk/TXpzr+33Puc7soalKdlTWFaRT3ut0OVNaUlboXcp/bJZf7jlz&#10;XuhMlKRVyk/K8Yf550+z2kxVn/ZUZsoyJNFuWpuU77030yRxcq8q4TpklIYxJ1sJj6vdJZkVNbJX&#10;ZdLvdsdJTTYzlqRyDtqn1sjnMX+eK+lf8twpz8qUozcfTxvPbTiT+UxMd1aYfSHPbYh/6KIShUbR&#10;a6on4QU72OKPVFUhLTnKfUdSlVCeF1LFGTBNr/thmvVeGBVnATjOXGFy/y+tfD6+WlZk4O5+eNcf&#10;TAZjMKZFBa42qvHsKzVsGGCqjZvCe23g7xuoEXLROyjD9E1uq/DFXAx2AH66ghySSSjHo9GgD4uE&#10;qT8ZTXqRhOQ92FjnvymqWBBSbsFhhFYcV86jEbheXEItTcuiLCOPpWY1CgxG3RhwtSCi1AgMI7St&#10;Bsk32yZO3r+MsaXshOkstWvijFwW6GElnH8VFnuBtrHr/gVHXhJq0VnibE/219/0wR90wcpZjT1L&#10;uft5EFZxVn7XIHLSGw7DYsbLcHQXoLG3lu2tRR+qR8Iq9/CqjIxi8PflRcwtVW94EotQFSahJWqn&#10;3F/ER99uP56UVItFdMIqGuFXem1kSB1QDQhvmjdhzZkGD/6e6bKRYvqBjda35WNx8JQXkaqAc4vq&#10;GX6scWTw/OTCO7m9R6/3H8P8NwAAAP//AwBQSwMEFAAGAAgAAAAhAM8PVCfdAAAABwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMjk1Lw0AURfeC/2F4BXftJIHYEDMpJVAE0UVrN+5ektckdD5iZtpGf73P&#10;lS4v93LuKTaz0eJKkx+cVRCvIhBkG9cOtlNwfN8tMxA+oG1RO0sKvsjDpry/KzBv3c3u6XoInWCI&#10;9Tkq6EMYcyl905NBv3IjWe5ObjIYOE6dbCe8MdxomUTRozQ4WH7ocaSqp+Z8uBgFL9XuDfd1YrJv&#10;XT2/nrbj5/EjVephMW+fQASaw98YfvVZHUp2qt3Ftl5oBcs4TXmqIE1AcJ+t1yBqjnEGsizkf//y&#10;BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKJkBDg0AgAAYAQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM8PVCfdAAAABwEAAA8AAAAAAAAAAAAA&#10;AAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p w14:paraId="4651BF86" w14:textId="2ED4AC69" w:rsidR="00D16244" w:rsidRDefault="00D16244" w:rsidP="00D16244">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="002E0C1F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:szCs w:val="22"/>
+                                <w:cs/>
+                              </w:rPr>
+                              <w:t>(ไทย)</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8193" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46CC4751" w14:textId="7C9E9784" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B228C60" w14:textId="0635DBA3" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w14:paraId="142E584A" w14:textId="77777777" w:rsidTr="00E37F9A">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="47"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D12F3F9" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="869" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B2657D2" w14:textId="31F000F5" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00D16244" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C85A5C9" wp14:editId="04F3D164">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-106045</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>29845</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="655320" cy="295910"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1363025191" name="Text Box 4"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="655320" cy="295910"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="6350">
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w14:paraId="403B53D8" w14:textId="7F7A6E5E" w:rsidR="00D16244" w:rsidRDefault="00D16244" w:rsidP="00D16244">
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="002E0C1F">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                      <w:b/>
+                                      <w:bCs/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t>(ENG)</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="7C85A5C9" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-8.35pt;margin-top:2.35pt;width:51.6pt;height:23.3pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCfOxxNAIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyF8tSDCiu6KqtJq&#10;dyWo9mwcByIlHtc2JPTX99kBFm17qnpxxvM9740zv2vrih2VdSXpjKe9PmdKS8pLvcv4j83q0xfO&#10;nBc6FxVplfGTcvxu8fHDvDEzNaA9VbmyDEm0mzUm43vvzSxJnNyrWrgeGaVhLMjWwuNqd0luRYPs&#10;dZUM+v1J0pDNjSWpnIP2oTPyRcxfFEr656JwyrMq4+jNx9PGcxvOZDEXs50VZl/KcxviH7qoRalR&#10;9JrqQXjBDrb8I1VdSkuOCt+TVCdUFKVUcQZMk/bfTbPeC6PiLADHmStM7v+llU/HF8vKHNwNJ8P+&#10;YJxOU860qMHVRrWefaWWjQJMjXEzeK8N/H0LNUIuegdlmL4tbB2+mIvBDsBPV5BDMgnlZDweDmCR&#10;MA2m42kaSUjego11/puimgUh4xYcRmjF8dF5NALXi0uopWlVVlXksdKsQYHhuB8DrhZEVBqBYYSu&#10;1SD5dtvGyYeXMbaUnzCdpW5NnJGrEj08CudfhMVeoG3sun/GUVSEWnSWONuT/fU3ffAHXbBy1mDP&#10;Mu5+HoRVnFXfNYicpqNRWMx4GY0/B2jsrWV7a9GH+p6wyuAI3UUx+PvqIhaW6lc8iWWoCpPQErUz&#10;7i/ive+2H09KquUyOmEVjfCPem1kSB1QDQhv2ldhzZkGD/6e6LKRYvaOjc6342N58FSUkaqAc4fq&#10;GX6scWTw/OTCO7m9R6+3H8PiNwAAAP//AwBQSwMEFAAGAAgAAAAhABPbTNPfAAAABwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMjkFLw0AUhO+C/2F5grd2k2piiHkpJVAE0UNrL95esq9JMLsbs9s2+utd&#10;T3oahhlmvmI960GceXK9NQjxMgLBprGqNy3C4W27yEA4T0bRYA0jfLGDdXl9VVCu7MXs+Lz3rQgj&#10;xuWE0Hk/5lK6pmNNbmlHNiE72kmTD3ZqpZroEsb1IFdRlEpNvQkPHY1cddx87E8a4bnavtKuXuns&#10;e6ieXo6b8fPwniDe3sybRxCeZ/9Xhl/8gA5lYKrtySgnBoRFnD6EKsJ9kJBnaQKiRkjiO5BlIf/z&#10;lz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwnzscTQCAABgBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAE9tM098AAAAHAQAADwAAAAAAAAAA&#10;AAAAAACOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p w14:paraId="403B53D8" w14:textId="7F7A6E5E" w:rsidR="00D16244" w:rsidRDefault="00D16244" w:rsidP="00D16244">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="002E0C1F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>(ENG)</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD672EE" w14:textId="4033E580" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66BA4D24" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w14:paraId="35E0C7ED" w14:textId="77777777" w:rsidTr="00E37F9A">
+        <w:trPr>
+          <w:trHeight w:val="207"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50FDCC2C" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00AC709A" w:rsidP="00AC709A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ชื่อตัวอย่าง</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="338EA427" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00AC709A" w:rsidP="00AC709A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(Sample Name)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="869" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="023C42CA" w14:textId="263D183E" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00D16244" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="337F23FB" wp14:editId="18B498FC">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-100330</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>34925</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="655320" cy="295910"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1960661195" name="Text Box 4"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="655320" cy="295910"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="6350">
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w14:paraId="577BB541" w14:textId="77777777" w:rsidR="00D16244" w:rsidRDefault="00D16244" w:rsidP="00D16244">
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="002E0C1F">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                      <w:b/>
+                                      <w:bCs/>
+                                      <w:szCs w:val="22"/>
+                                      <w:cs/>
+                                    </w:rPr>
+                                    <w:t>(ไทย)</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="337F23FB" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-7.9pt;margin-top:2.75pt;width:51.6pt;height:23.3pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCrVmxNAIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L0lYQktEWNFdUVVC&#10;uytBtWfj2CSS43FtQ0J/fccOsGjbU9WLM57veW+c+X3fKnIU1jWgS5qNUkqE5lA1el/SH9vVpy+U&#10;OM90xRRoUdKTcPR+8fHDvDOFGEMNqhKWYBLtis6UtPbeFEnieC1a5kZghEajBNsyj1e7TyrLOsze&#10;qmScptOkA1sZC1w4h9rHwUgXMb+UgvtnKZ3wRJUUe/PxtPHchTNZzFmxt8zUDT+3wf6hi5Y1Gote&#10;Uz0yz8jBNn+kahtuwYH0Iw5tAlI2XMQZcJosfTfNpmZGxFkQHGeuMLn/l5Y/HV8saSrkbjZNp9Ms&#10;m+WUaNYiV1vRe/IVejIJMHXGFei9Mejve1RjyEXvUBmm76VtwxfnImhHwE9XkEMyjsppnt+N0cLR&#10;NJ7lsyySkLwFG+v8NwEtCUJJLXIYoWXHtfPYCLpeXEItDatGqcij0qTDAnd5GgOuFoxQGgPDCEOr&#10;QfL9ro+TX8fbQXXC6SwMa+IMXzXYw5o5/8Is7gW2jbvun/GQCrAWnCVKarC//qYP/kgXWinpcM9K&#10;6n4emBWUqO8aiZxlk0lYzHiZ5J8DNPbWsru16EP7ALjKGb4qw6MY/L26iNJC+4pPYhmqoolpjrVL&#10;6i/igx+2H58UF8tldMJVNMyv9cbwkDqgGhDe9q/MmjMNHvl7gstGsuIdG4PvwMfy4EE2kaqA84Dq&#10;GX5c48jg+cmFd3J7j15vP4bFbwAAAP//AwBQSwMEFAAGAAgAAAAhAII2tKfeAAAABwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMzkFLw0AQBeC74H9YRvDWbhKMhphNKYEiiD209uJtk50mwexszG7b6K/v&#10;eNLj4w1vvmI120GccfK9IwXxMgKB1DjTU6vg8L5ZZCB80GT04AgVfKOHVXl7U+jcuAvt8LwPreAR&#10;8rlW0IUw5lL6pkOr/dKNSNwd3WR14Di10kz6wuN2kEkUPUqre+IPnR6x6rD53J+sgtdqs9W7OrHZ&#10;z1C9vB3X49fhI1Xq/m5eP4MIOIe/Y/jlMx1KNtXuRMaLQcEiTpkeFKQpCO6zpwcQNcckBlkW8r+/&#10;vAIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDCrVmxNAIAAGAEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCCNrSn3gAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p w14:paraId="577BB541" w14:textId="77777777" w:rsidR="00D16244" w:rsidRDefault="00D16244" w:rsidP="00D16244">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="002E0C1F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:szCs w:val="22"/>
+                                <w:cs/>
+                              </w:rPr>
+                              <w:t>(ไทย)</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B25BC56" w14:textId="5C00D01F" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56813526" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w14:paraId="00BE1EA8" w14:textId="77777777" w:rsidTr="00E37F9A">
+        <w:trPr>
+          <w:trHeight w:val="54"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B628FC4" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="869" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F31FC50" w14:textId="15F41552" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00D16244" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53AE2928" wp14:editId="635DC31A">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-88900</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>33655</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="655320" cy="295910"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1963178471" name="Text Box 4"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="655320" cy="295910"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="6350">
+                                <a:noFill/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w14:paraId="42B69230" w14:textId="77777777" w:rsidR="00D16244" w:rsidRDefault="00D16244" w:rsidP="00D16244">
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="002E0C1F">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                      <w:b/>
+                                      <w:bCs/>
+                                      <w:szCs w:val="22"/>
+                                    </w:rPr>
+                                    <w:t>(ENG)</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="53AE2928" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-7pt;margin-top:2.65pt;width:51.6pt;height:23.3pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAk5KGOMwIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2jAUfZ+0/2D5fYTvFkSoWCumSait&#10;BFOfjeNApMTXsw0J+/U7doCibk/TXpzr+33Puc7soalKdlTWFaRT3ut0OVNaUlboXcp/bJZf7jlz&#10;XuhMlKRVyk/K8Yf550+z2kxVn/ZUZsoyJNFuWpuU77030yRxcq8q4TpklIYxJ1sJj6vdJZkVNbJX&#10;ZdLvdsdJTTYzlqRyDtqn1sjnMX+eK+lf8twpz8qUozcfTxvPbTiT+UxMd1aYfSHPbYh/6KIShUbR&#10;a6on4QU72OKPVFUhLTnKfUdSlVCeF1LFGTBNr/thmvVeGBVnATjOXGFy/y+tfD6+WlZk4G4yHvTu&#10;7od3Pc60qMDVRjWefaWGDQNMtXFTeK8N/H0DNUIuegdlmL7JbRW+mIvBDsBPV5BDMgnleDQa9GGR&#10;MPUno0kvkpC8Bxvr/DdFFQtCyi04jNCK48p5NALXi0uopWlZlGXksdSsRoHBqBsDrhZElBqBYYS2&#10;1SD5ZtvEyUeXMbaUnTCdpXZNnJHLAj2shPOvwmIv0DZ23b/gyEtCLTpLnO3J/vqbPviDLlg5q7Fn&#10;KXc/D8IqzsrvGkROesNhWMx4GY7uAjT21rK9tehD9UhYZXCE7qIY/H15EXNL1RuexCJUhUloidop&#10;9xfx0bfbjycl1WIRnbCKRviVXhsZUgdUA8Kb5k1Yc6bBg79numykmH5go/Vt+VgcPOVFpCrg3KJ6&#10;hh9rHBk8P7nwTm7v0ev9xzD/DQAA//8DAFBLAwQUAAYACAAAACEAk2WpN98AAAAHAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQUvDQBSE74L/YXkFb+0m0UoasyklUATRQ2sv3l6yr0lo9m3Mbtvor3c9&#10;6XGYYeabfD2ZXlxodJ1lBfEiAkFcW91xo+Dwvp2nIJxH1thbJgVf5GBd3N7kmGl75R1d9r4RoYRd&#10;hgpa74dMSle3ZNAt7EAcvKMdDfogx0bqEa+h3PQyiaJHabDjsNDiQGVL9Wl/Ngpeyu0b7qrEpN99&#10;+fx63Ayfh4+lUnezafMEwtPk/8Lwix/QoQhMlT2zdqJXMI8fwhevYHkPIvjpKgFRBRmvQBa5/M9f&#10;/AAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAk5KGOMwIAAGAEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCTZak33wAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAI0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p w14:paraId="42B69230" w14:textId="77777777" w:rsidR="00D16244" w:rsidRDefault="00D16244" w:rsidP="00D16244">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="002E0C1F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>(ENG)</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30AE784F" w14:textId="3BFDE2D7" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CBCC428" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="24CC24BF" w14:textId="1EE82A88" w:rsidR="00AC709A" w:rsidRDefault="00AC709A" w:rsidP="00AC709A">
       <w:pPr>
-        <w:tabs>
-[...114 lines deleted...]
-        <w:ind w:left="425" w:hanging="425"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...28 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DC94987" w14:textId="77988F48" w:rsidR="00AE69D8" w:rsidRPr="0034476A" w:rsidRDefault="00347F79" w:rsidP="00BD2A98">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10888" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1361"/>
+        <w:gridCol w:w="1361"/>
+        <w:gridCol w:w="1361"/>
+        <w:gridCol w:w="1361"/>
+        <w:gridCol w:w="1361"/>
+        <w:gridCol w:w="1361"/>
+        <w:gridCol w:w="1361"/>
+        <w:gridCol w:w="1361"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w14:paraId="7AD35A55" w14:textId="77777777" w:rsidTr="00FC4F04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F5E9650" w14:textId="4BCEE1E4" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Thai GDA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(สธ.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>445</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AB950DC" w14:textId="0250EA6D" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(ภาษาไทย)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="025FBA94" w14:textId="183BDE61" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Thai GDA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(สธ.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>445</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D856B27" w14:textId="3423D1F2" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(ภาษาอังกฤษ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F5A5836" w14:textId="4260D799" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:ind w:hanging="35"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Thai GDA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(สธ.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>445</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17F6D3CE" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="00E37F9A" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E37F9A">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(ภาษาไทยและอังกฤษ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="453E395D" w14:textId="7328448C" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E37F9A">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ในกรอบฉลากเดียวกัน)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22416213" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>USA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E0D21E7" w14:textId="415C482C" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(ภาษาอังกฤษ)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D3B8744" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Australia and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FC136E3" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>New Zealand</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5604E001" w14:textId="52636D9E" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(ภาษาอังกฤษ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="582B480E" w14:textId="15281CC3" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>China</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(per 100)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F78178E" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(ภาษาอังกฤษ)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38B696C1" w14:textId="4EF3777B" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="594AAFEE" w14:textId="5ABCB993" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>China</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(per serving)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="214C1C3F" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(ภาษาอังกฤษ)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E47B7A4" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FDFAB3D" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Taiwan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32B90519" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(ภาษาอังกฤษ)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B5EB1AE" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w14:paraId="7C40CEC8" w14:textId="77777777" w:rsidTr="00FC4F04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="193D62CC" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="000F431E" w:rsidP="00276EA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-1799907885"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin">
+                    <w:ffData>
+                      <w:name w:val=""/>
+                      <w:enabled/>
+                      <w:calcOnExit w:val="0"/>
+                      <w:checkBox>
+                        <w:sizeAuto/>
+                        <w:default w:val="0"/>
+                      </w:checkBox>
+                    </w:ffData>
+                  </w:fldChar>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:instrText>FORMCHECKBOX</w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6303DF95" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="000F431E" w:rsidP="00276EA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1429161625"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin">
+                    <w:ffData>
+                      <w:name w:val=""/>
+                      <w:enabled/>
+                      <w:calcOnExit w:val="0"/>
+                      <w:checkBox>
+                        <w:sizeAuto/>
+                        <w:default w:val="0"/>
+                      </w:checkBox>
+                    </w:ffData>
+                  </w:fldChar>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:instrText>FORMCHECKBOX</w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A54F2A" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="000F431E" w:rsidP="00276EA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:ind w:hanging="35"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1365795269"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin">
+                    <w:ffData>
+                      <w:name w:val=""/>
+                      <w:enabled/>
+                      <w:calcOnExit w:val="0"/>
+                      <w:checkBox>
+                        <w:sizeAuto/>
+                        <w:default w:val="0"/>
+                      </w:checkBox>
+                    </w:ffData>
+                  </w:fldChar>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:instrText>FORMCHECKBOX</w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EDAD7A6" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="000F431E" w:rsidP="00276EA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:ind w:hanging="35"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-597101454"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin">
+                    <w:ffData>
+                      <w:name w:val=""/>
+                      <w:enabled/>
+                      <w:calcOnExit w:val="0"/>
+                      <w:checkBox>
+                        <w:sizeAuto/>
+                        <w:default w:val="0"/>
+                      </w:checkBox>
+                    </w:ffData>
+                  </w:fldChar>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:instrText>FORMCHECKBOX</w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C8FC988" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="000F431E" w:rsidP="00276EA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1389994909"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin">
+                    <w:ffData>
+                      <w:name w:val=""/>
+                      <w:enabled/>
+                      <w:calcOnExit w:val="0"/>
+                      <w:checkBox>
+                        <w:sizeAuto/>
+                        <w:default w:val="0"/>
+                      </w:checkBox>
+                    </w:ffData>
+                  </w:fldChar>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:instrText>FORMCHECKBOX</w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53333228" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="000F431E" w:rsidP="00276EA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1067997505"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin">
+                    <w:ffData>
+                      <w:name w:val=""/>
+                      <w:enabled/>
+                      <w:calcOnExit w:val="0"/>
+                      <w:checkBox>
+                        <w:sizeAuto/>
+                        <w:default w:val="0"/>
+                      </w:checkBox>
+                    </w:ffData>
+                  </w:fldChar>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:instrText>FORMCHECKBOX</w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E181ADF" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="000F431E" w:rsidP="00276EA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-20162831"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin">
+                    <w:ffData>
+                      <w:name w:val=""/>
+                      <w:enabled/>
+                      <w:calcOnExit w:val="0"/>
+                      <w:checkBox>
+                        <w:sizeAuto/>
+                        <w:default w:val="0"/>
+                      </w:checkBox>
+                    </w:ffData>
+                  </w:fldChar>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:instrText>FORMCHECKBOX</w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DCBBDE5" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="000F431E" w:rsidP="00276EA7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1478039918"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin">
+                    <w:ffData>
+                      <w:name w:val=""/>
+                      <w:enabled/>
+                      <w:calcOnExit w:val="0"/>
+                      <w:checkBox>
+                        <w:sizeAuto/>
+                        <w:default w:val="0"/>
+                      </w:checkBox>
+                    </w:ffData>
+                  </w:fldChar>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:instrText>FORMCHECKBOX</w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w14:paraId="4BC3F1F8" w14:textId="77777777" w:rsidTr="00FC4F04">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D49D1A1" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73FBFACE" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(ภาษาอังกฤษ)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24D1B191" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Singapore</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B95BD8D" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(ภาษาอังกฤษ)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9594B3" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:ind w:left="-78" w:right="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>EU</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="377685FF" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(ภาษาอังกฤษ)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58FF61D9" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5859B658" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hong Kong</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04B5391F" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(ภาษาอังกฤษ)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="375D03FF" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="066F2E26" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(ภาษาอังกฤษ)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="724A197B" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Korea</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FC06DEF" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(ภาษาอังกฤษ)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3446332E" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Malaysia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04263EE3" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(ภาษาอังกฤษ)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D030CAB" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00025EB0">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ประเทศอื่นๆ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AF1DD4F" w14:textId="5604ADDF" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00025EB0">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(โปรดระบุ)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>………………………...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w14:paraId="0121E958" w14:textId="77777777" w:rsidTr="00FC4F04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3726A1DE" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="000F431E" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1145779822"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin">
+                    <w:ffData>
+                      <w:name w:val=""/>
+                      <w:enabled/>
+                      <w:calcOnExit w:val="0"/>
+                      <w:checkBox>
+                        <w:sizeAuto/>
+                        <w:default w:val="0"/>
+                      </w:checkBox>
+                    </w:ffData>
+                  </w:fldChar>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:instrText>FORMCHECKBOX</w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="601C9544" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="000F431E" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="768201922"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin">
+                    <w:ffData>
+                      <w:name w:val=""/>
+                      <w:enabled/>
+                      <w:calcOnExit w:val="0"/>
+                      <w:checkBox>
+                        <w:sizeAuto/>
+                        <w:default w:val="0"/>
+                      </w:checkBox>
+                    </w:ffData>
+                  </w:fldChar>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:instrText>FORMCHECKBOX</w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="439746D1" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="000F431E" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:ind w:left="-78" w:right="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1986817260"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin">
+                    <w:ffData>
+                      <w:name w:val=""/>
+                      <w:enabled/>
+                      <w:calcOnExit w:val="0"/>
+                      <w:checkBox>
+                        <w:sizeAuto/>
+                        <w:default w:val="0"/>
+                      </w:checkBox>
+                    </w:ffData>
+                  </w:fldChar>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:instrText>FORMCHECKBOX</w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D849619" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="000F431E" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1999307786"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin">
+                    <w:ffData>
+                      <w:name w:val=""/>
+                      <w:enabled/>
+                      <w:calcOnExit w:val="0"/>
+                      <w:checkBox>
+                        <w:sizeAuto/>
+                        <w:default w:val="0"/>
+                      </w:checkBox>
+                    </w:ffData>
+                  </w:fldChar>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:instrText>FORMCHECKBOX</w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="027EEC37" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="000F431E" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1978792168"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin">
+                    <w:ffData>
+                      <w:name w:val=""/>
+                      <w:enabled/>
+                      <w:calcOnExit w:val="0"/>
+                      <w:checkBox>
+                        <w:sizeAuto/>
+                        <w:default w:val="0"/>
+                      </w:checkBox>
+                    </w:ffData>
+                  </w:fldChar>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:instrText>FORMCHECKBOX</w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A38B71F" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="000F431E" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="1844126916"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin">
+                    <w:ffData>
+                      <w:name w:val=""/>
+                      <w:enabled/>
+                      <w:calcOnExit w:val="0"/>
+                      <w:checkBox>
+                        <w:sizeAuto/>
+                        <w:default w:val="0"/>
+                      </w:checkBox>
+                    </w:ffData>
+                  </w:fldChar>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:instrText>FORMCHECKBOX</w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CD6027F" w14:textId="77777777" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="000F431E" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:id w:val="-1235151779"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin">
+                    <w:ffData>
+                      <w:name w:val=""/>
+                      <w:enabled/>
+                      <w:calcOnExit w:val="0"/>
+                      <w:checkBox>
+                        <w:sizeAuto/>
+                        <w:default w:val="0"/>
+                      </w:checkBox>
+                    </w:ffData>
+                  </w:fldChar>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:instrText>FORMCHECKBOX</w:instrText>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00025EB0" w:rsidRPr="002E0C1F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                    <w:szCs w:val="22"/>
+                    <w:cs/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="492A91A3" w14:textId="3D5ADC11" w:rsidR="00025EB0" w:rsidRPr="002E0C1F" w:rsidRDefault="00025EB0" w:rsidP="00025EB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="73A74FA6" w14:textId="77777777" w:rsidR="002E0C1F" w:rsidRPr="00E40611" w:rsidRDefault="002E0C1F" w:rsidP="002E0C1F">
       <w:pPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:ind w:left="425" w:hanging="425"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-          <w:u w:val="dotted"/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0034476A">
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10911" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4673"/>
+        <w:gridCol w:w="1247"/>
+        <w:gridCol w:w="1247"/>
+        <w:gridCol w:w="1247"/>
+        <w:gridCol w:w="1247"/>
+        <w:gridCol w:w="1250"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002E0C1F" w:rsidRPr="00E40611" w14:paraId="053F29DB" w14:textId="77777777" w:rsidTr="003D736E">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4673" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D32DA3" w14:textId="32EE4BDA" w:rsidR="002E0C1F" w:rsidRPr="00E40611" w:rsidRDefault="002E0C1F" w:rsidP="002E0C1F">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>รายละเอียด</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6238" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="748AA093" w14:textId="77777777" w:rsidR="002E0C1F" w:rsidRPr="002E0C1F" w:rsidRDefault="002E0C1F" w:rsidP="002E0C1F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>บรรจุภัณฑ์สินค้าลำดับที่</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E0C1F" w:rsidRPr="00E40611" w14:paraId="69CD8A16" w14:textId="77777777" w:rsidTr="003D736E">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4673" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1C185909" w14:textId="77777777" w:rsidR="002E0C1F" w:rsidRPr="00E40611" w:rsidRDefault="002E0C1F" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D1C7E71" w14:textId="77777777" w:rsidR="002E0C1F" w:rsidRPr="002E0C1F" w:rsidRDefault="002E0C1F" w:rsidP="002E0C1F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="792B9C86" w14:textId="77777777" w:rsidR="002E0C1F" w:rsidRPr="002E0C1F" w:rsidRDefault="002E0C1F" w:rsidP="002E0C1F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1920BB0A" w14:textId="77777777" w:rsidR="002E0C1F" w:rsidRPr="002E0C1F" w:rsidRDefault="002E0C1F" w:rsidP="002E0C1F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17B439F0" w14:textId="77777777" w:rsidR="002E0C1F" w:rsidRPr="002E0C1F" w:rsidRDefault="002E0C1F" w:rsidP="002E0C1F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="781F74B7" w14:textId="77777777" w:rsidR="002E0C1F" w:rsidRPr="002E0C1F" w:rsidRDefault="002E0C1F" w:rsidP="002E0C1F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D2ABB" w:rsidRPr="00E40611" w14:paraId="535E1932" w14:textId="77777777" w:rsidTr="00C837E5">
+        <w:trPr>
+          <w:trHeight w:val="499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0A74FF" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="000D2ABB" w:rsidP="000D2ABB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ลักษณะของบรรจุภัณฑ์ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>หีบห่อ (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Packaging</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="216BD2C5" w14:textId="3FC20B9D" w:rsidR="000D2ABB" w:rsidRPr="002E0C1F" w:rsidRDefault="000D2ABB" w:rsidP="000D2ABB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(เช่น ขวด </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ถุง</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>กล่อง</w:t>
+            </w:r>
+            <w:r w:rsidR="002515ED">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">กระป๋อง </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ซอง</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ห่อ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40819F11" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47C01E4D" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3057429F" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA38EA7" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A45BB0" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D2ABB" w:rsidRPr="00E40611" w14:paraId="5BBFA08F" w14:textId="77777777" w:rsidTr="00C837E5">
+        <w:trPr>
+          <w:trHeight w:val="499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18B52168" w14:textId="67878F79" w:rsidR="000D2ABB" w:rsidRPr="002E0C1F" w:rsidRDefault="00AC709A" w:rsidP="000D2ABB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="23" w:hanging="23"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidR="000D2ABB" w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>น้ำหนักสุทธิ</w:t>
+            </w:r>
+            <w:r w:rsidR="000D2ABB" w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="000D2ABB" w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ปริมาตรสุทธิ</w:t>
+            </w:r>
+            <w:r w:rsidR="000D2ABB" w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000D2ABB" w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(Net</w:t>
+            </w:r>
+            <w:r w:rsidR="000D2ABB" w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000D2ABB" w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Weight / Net Volume) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BF97E16" w14:textId="3A189C1E" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="000D2ABB" w:rsidP="000D2ABB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="23" w:hanging="23"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>g/mL)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (น้ำหนักของผลิตภัณฑ์ไม่รวมบรรจุภัณฑ์)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D66F38D" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="419A2EBB" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52FF92D9" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31B183A5" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0214319A" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D2ABB" w:rsidRPr="00E40611" w14:paraId="75B7F4B9" w14:textId="77777777" w:rsidTr="00C837E5">
+        <w:trPr>
+          <w:trHeight w:val="499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA7DA05" w14:textId="77B68766" w:rsidR="000D2ABB" w:rsidRPr="002E0C1F" w:rsidRDefault="000D2ABB" w:rsidP="000D2ABB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="23" w:hanging="23"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ขนาดหนึ่งหน่วยบริโภค</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Serving Size) (g/mL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2463BF38" w14:textId="77777777" w:rsidR="000D2ABB" w:rsidRPr="002E0C1F" w:rsidRDefault="000D2ABB" w:rsidP="000D2ABB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="23" w:hanging="23"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(ปริมาณที่ผู้ผลิตแนะนำให้บริโภคในแต่ละครั้ง เช่น 1 ช้อนโต๊ะ, 15 กรัม)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkStart w:id="0" w:name="Check1"/>
+          <w:p w14:paraId="4BA0BADB" w14:textId="21AB932C" w:rsidR="00AC709A" w:rsidRPr="002E0C1F" w:rsidRDefault="000D2ABB" w:rsidP="000D2ABB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="23" w:hanging="23"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText>FORMCHECKBOX</w:instrText>
+            </w:r>
+            <w:r w:rsidR="000F431E">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F431E">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ใช้เกณฑ์ตามกฎหมายกำหนดหรือตามความเหมาะสม</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="702D3527" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="115D11F5" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A868FFD" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="574EA849" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9AEE61" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D2ABB" w:rsidRPr="00E40611" w14:paraId="63849BDD" w14:textId="77777777" w:rsidTr="00C837E5">
+        <w:trPr>
+          <w:trHeight w:val="499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60DA93AE" w14:textId="19DE2B8C" w:rsidR="00AC709A" w:rsidRPr="004812F2" w:rsidRDefault="000D2ABB" w:rsidP="000D2ABB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="23" w:hanging="23"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004812F2">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ปริมาณน้ำตาล / น้ำเชื่อม / น้ำผึ้ง หรือสารให้ความหวานอื่นๆ ที่เติมลงในผลิตภัณฑ์</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004812F2">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004812F2">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004812F2">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>แจ้ง</w:t>
+            </w:r>
+            <w:r w:rsidR="004812F2" w:rsidRPr="004812F2">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>เปอร์เซ็นต์</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004812F2">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">หรือสัดส่วนที่ใช้) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004812F2">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="28"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004812F2">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="28"/>
+                <w:u w:val="single"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">จำเป็นสำหรับฉลาก </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004812F2">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>USA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004812F2">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="28"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C606D14" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A455D33" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32154B90" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7600AB93" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12C3258F" w14:textId="77777777" w:rsidR="00AC709A" w:rsidRPr="00E40611" w:rsidRDefault="00AC709A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C837E5" w:rsidRPr="00E40611" w14:paraId="7269CC9A" w14:textId="77777777" w:rsidTr="00C837E5">
+        <w:trPr>
+          <w:trHeight w:val="499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10911" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B4994B" w14:textId="137882C1" w:rsidR="00C837E5" w:rsidRPr="00C837E5" w:rsidRDefault="00C837E5" w:rsidP="00C837E5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(กรณี) มีบรรจุภัณฑ์ย่อยที่มีขนาดไม่เกิน </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">65 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ตร</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ซม</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> บรรจุในบรรจุภัณฑ์ใหญ่</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C837E5">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>คำนว</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF688C">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ณ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C837E5">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">สารอาหารต่อ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C837E5">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C837E5">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText>FORMCHECKBOX</w:instrText>
+            </w:r>
+            <w:r w:rsidR="000F431E">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F431E">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C837E5">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C837E5">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> GDA </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C837E5">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ต่อผลิตภัณฑ์ย่อย </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C837E5">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C837E5">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText>FORMCHECKBOX</w:instrText>
+            </w:r>
+            <w:r w:rsidR="000F431E">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F431E">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C837E5">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C837E5">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C837E5">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDA </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C837E5">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ต่อบรรจุภัณฑ์ใหญ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="22"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>่</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="47EABEC6" w14:textId="77777777" w:rsidR="00E40611" w:rsidRPr="00E40611" w:rsidRDefault="00E40611" w:rsidP="002E0C1F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...78 lines deleted...]
-          <w:u w:val="dotted"/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0034476A">
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-6"/>
+        <w:tblW w:w="10910" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2122"/>
+        <w:gridCol w:w="8788"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E37F9A" w:rsidRPr="00E40611" w14:paraId="2D8E06EA" w14:textId="77777777" w:rsidTr="00E37F9A">
+        <w:trPr>
+          <w:trHeight w:val="268"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA1B52E" w14:textId="77777777" w:rsidR="00E37F9A" w:rsidRPr="002E0C1F" w:rsidRDefault="00E37F9A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:ind w:left="23" w:right="-55" w:hanging="23"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>มีการเติมใยอาหารลงในผลิตภัณฑ์หรือไม่</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CCAA27A" w14:textId="77777777" w:rsidR="00FC4F04" w:rsidRDefault="00E37F9A" w:rsidP="00FC4F04">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="734"/>
+                <w:tab w:val="left" w:pos="1364"/>
+              </w:tabs>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:ind w:left="23" w:right="-55" w:hanging="23"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText>FORMCHECKBOX</w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:r w:rsidR="000F431E">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F431E">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ไม่เติม</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FC96E02" w14:textId="7B3960F7" w:rsidR="00E37F9A" w:rsidRPr="002E0C1F" w:rsidRDefault="00FC4F04" w:rsidP="00FC4F04">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="734"/>
+                <w:tab w:val="left" w:pos="1364"/>
+              </w:tabs>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:ind w:left="23" w:right="-55" w:hanging="23"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText>FORMCHECKBOX</w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:r w:rsidR="000F431E">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F431E">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="004812F2">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>เติม</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:sym w:font="Symbol" w:char="F04F"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">อินนูลิน </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:sym w:font="Symbol" w:char="F04F"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ฟลุคโตโอลิโกแซคคาไรด์ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:sym w:font="Symbol" w:char="F04F"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">โพลีเด็กซ์โตรส </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:sym w:font="Symbol" w:char="F04F"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E37F9A" w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>อื่นๆ โปรดระบุ</w:t>
+            </w:r>
+            <w:r w:rsidR="00E37F9A" w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>…………………………………</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>…………………..</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E37F9A" w:rsidRPr="00E40611" w14:paraId="5EA187D5" w14:textId="77777777" w:rsidTr="00E37F9A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CABFDB9" w14:textId="77777777" w:rsidR="00E37F9A" w:rsidRPr="002E0C1F" w:rsidRDefault="00E37F9A" w:rsidP="002E0753">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:ind w:right="-57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>มีการเติมสารให้ความหวานทดแทนน้ำตาลหรือไม่</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D317D52" w14:textId="08AFA8A8" w:rsidR="00E37F9A" w:rsidRPr="002E0C1F" w:rsidRDefault="00E37F9A" w:rsidP="00E37F9A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="734"/>
+                <w:tab w:val="left" w:pos="1364"/>
+              </w:tabs>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:ind w:right="-57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText>FORMCHECKBOX</w:instrText>
+            </w:r>
+            <w:r w:rsidR="000F431E">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F431E">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>ไม่เติม</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText>FORMCHECKBOX</w:instrText>
+            </w:r>
+            <w:r w:rsidR="000F431E">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F431E">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>เติม</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:sym w:font="Symbol" w:char="F04F"/>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">อิริทริทอล  </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:sym w:font="Symbol" w:char="F04F"/>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ซอลบิทอล </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:sym w:font="Symbol" w:char="F04F"/>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ไซลิทอล  </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:sym w:font="Symbol" w:char="F04F"/>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>แมนนิทอล</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:sym w:font="Symbol" w:char="F04F"/>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>มอลทิทอล</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:sym w:font="Symbol" w:char="F04F"/>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ไอโซมอลต์  </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:sym w:font="Symbol" w:char="F04F"/>
+            </w:r>
+            <w:r w:rsidR="00FC4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>อื่นๆ</w:t>
+            </w:r>
+            <w:r w:rsidR="004812F2">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+              </w:rPr>
+              <w:t>โปรดระบุ</w:t>
+            </w:r>
+            <w:r w:rsidR="004812F2" w:rsidRPr="002E0C1F">
+              <w:rPr>
+                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>………………………</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="50AB2BE5" w14:textId="68E12926" w:rsidR="00AD3084" w:rsidRDefault="00AD3084" w:rsidP="002E0C1F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...69 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0034476A">
+    </w:p>
+    <w:p w14:paraId="6A727A85" w14:textId="7DD5C06D" w:rsidR="00AC709A" w:rsidRPr="00121B97" w:rsidRDefault="00163630" w:rsidP="002E0C1F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...3160 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:tab/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3245852F" wp14:editId="1F12A832">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>-83820</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>217170</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7013575" cy="321945"/>
+                <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1200514600" name="Text Box 6"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7013575" cy="321945"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="573FCC4C" w14:textId="72D38D52" w:rsidR="00290F46" w:rsidRPr="00290F46" w:rsidRDefault="00290F46" w:rsidP="00290F46">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="40"/>
+                                <w:cs/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00290F46">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="40"/>
+                              </w:rPr>
+                              <w:t>E-mail :</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00290F46">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="40"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> ………………………………………………</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="40"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">……………………….………. ID </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="40"/>
+                              </w:rPr>
+                              <w:t>LINE :</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="40"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> …………………………………………………………………….</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3245852F" id="Text Box 6" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:-6.6pt;margin-top:17.1pt;width:552.25pt;height:25.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDh/fFRNgIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2jAQfp+0/2D5fSQBAi0iVKwV0yTU&#10;VoKpz8axSaTY59mGhP36nR2gqNvTtBfnfHf+zvd958wfOtWQo7CuBl3QbJBSIjSHstb7gv7Yrr7c&#10;UeI80yVrQIuCnoSjD4vPn+atmYkhVNCUwhIE0W7WmoJW3ptZkjheCcXcAIzQGJRgFfO4tfuktKxF&#10;dNUkwzSdJC3Y0ljgwjn0PvVBuoj4UgruX6R0wpOmoHg3H1cb111Yk8WczfaWmarm52uwf7iFYrXG&#10;oleoJ+YZOdj6DyhVcwsOpB9wUAlIWXMRe8BusvRDN5uKGRF7QXKcudLk/h8sfz6+WlKXqB3SmWfj&#10;SYo0aaZQq63oPPkKHZkEmlrjZpi9MZjvO3TjkYvfoTN030mrwhf7IhhHpNOV5ADG0TlNs1E+zSnh&#10;GBsNs/txHmCS99PGOv9NgCLBKKhFESO37Lh2vk+9pIRiGlZ100QhG03agk5GeRoPXCMI3misEXro&#10;7xos3+262Pq1vx2UJ2zPQj8nzvBVjXdYM+dfmcXBwI5w2P0LLrIBrAVni5IK7K+/+UM+6oVRSloc&#10;tIK6nwdmBSXNd41K3mfjcZjMuBnn0yFu7G1kdxvRB/UIOMsZPivDoxnyfXMxpQX1hm9iGapiiGmO&#10;tQvqL+aj78cf3xQXy2VMwlk0zK/1xvAAHVgNDG+7N2bNWQaPAj7DZSTZ7IMafW6vx/LgQdZRqsBz&#10;z+qZfpzjKPb5zYWHcruPWe9/hsVvAAAA//8DAFBLAwQUAAYACAAAACEATU32C+IAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YZmCt3bzUSWN2ZQSKILoobUXb5PsNAndj5jdttFf&#10;7/akp2GYh3eet1hPWrELja63RkC8iICRaazsTSvg8LGdZ8CcRyNRWUMCvsnBury/KzCX9mp2dNn7&#10;loUQ43IU0Hk/5Jy7piONbmEHMuF2tKNGH9ax5XLEawjXiidR9MQ19iZ86HCgqqPmtD9rAa/V9h13&#10;daKzH1W9vB03w9fh81GIh9m0eQbmafJ/MNz0gzqUwam2ZyMdUwLmcZoEVEC6DPMGRKs4BVYLyJYr&#10;4GXB/1cofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDh/fFRNgIAAGEEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBNTfYL4gAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="573FCC4C" w14:textId="72D38D52" w:rsidR="00290F46" w:rsidRPr="00290F46" w:rsidRDefault="00290F46" w:rsidP="00290F46">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="40"/>
+                          <w:cs/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00290F46">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="40"/>
+                        </w:rPr>
+                        <w:t>E-mail :</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00290F46">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="40"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> ………………………………………………</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="40"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">……………………….………. ID </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="40"/>
+                        </w:rPr>
+                        <w:t>LINE :</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="40"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> …………………………………………………………………….</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="008C3948" w:rsidRPr="00272C5C">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>*</w:t>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654143" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="703CC589" wp14:editId="29CB4149">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>492125</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>12065</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1216660" cy="266700"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1617039488" name="Text Box 6"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1216660" cy="266700"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1156953C" w14:textId="64D784F7" w:rsidR="002E0C1F" w:rsidRPr="00290F46" w:rsidRDefault="002E0C1F" w:rsidP="002E0C1F">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="22"/>
+                                <w:cs/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00290F46">
+                              <w:rPr>
+                                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="22"/>
+                                <w:cs/>
+                              </w:rPr>
+                              <w:t>(ตัวบรรจง)</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="703CC589" id="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:38.75pt;margin-top:.95pt;width:95.8pt;height:21pt;z-index:251654143;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKSw/1NQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+0hCaWgjQsVaMU1C&#10;bSWY+mwcm0SKfZ5tSNhfv7MDFHV7mvbinH2/v+8us4deteQgrGtAlzQbpZQIzaFq9K6kPzbLL3eU&#10;OM90xVrQoqRH4ejD/POnWWcKMYYa2kpYgkG0KzpT0tp7UySJ47VQzI3ACI1KCVYxj1e7SyrLOoyu&#10;2mScpnnSga2MBS6cw9enQUnnMb6UgvsXKZ3wpC0p1ubjaeO5DWcyn7FiZ5mpG34qg/1DFYo1GpNe&#10;Qj0xz8jeNn+EUg234ED6EQeVgJQNF7EH7CZLP3SzrpkRsRcEx5kLTO7/heXPh1dLmgq5y7NpenM/&#10;uUPGNFPI1Ub0nnyFnuQBps64Aq3XBu19j8/ocn53+Bi676VV4Yt9EdQj4McLyCEYD07jLM9zVHHU&#10;jfN8mkYWkndvY53/JkCRIJTUIokRW3ZYOY+VoOnZJCTTsGzaNhLZatKVNL+5TaPDRYMerUbH0MNQ&#10;a5B8v+1j69NzH1uojtiehWFOnOHLBmtYMedfmcXBwLJx2P0LHrIFzAUniZIa7K+/vQd75Au1lHQ4&#10;aCV1P/fMCkra7xqZvM8mkzCZ8TK5nY7xYq8122uN3qtHwFnOcK0Mj2Kw9+1ZlBbUG+7EImRFFdMc&#10;c5fUn8VHP4w/7hQXi0U0wlk0zK/02vAQOqAaEN70b8yaEw0eCXyG80iy4gMbg+3Ax2LvQTaRqoDz&#10;gOoJfpzjyOBp58KiXN+j1fufYf4bAAD//wMAUEsDBBQABgAIAAAAIQCl1qKS3wAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7LTsMwEEX3SPyDNUjsqNNAHwlxqipShYRg0dINu0k8TSJiO8RuG/r1&#10;TFewvA/de7LVaDpxosG3ziqYTiIQZCunW1sr2H9sHpYgfECrsXOWFPyQh1V+e5Nhqt3Zbum0C7Xg&#10;EetTVNCE0KdS+qohg37ierKcHdxgMLAcaqkHPPO46WQcRXNpsLX80GBPRUPV1+5oFLwWm3fclrFZ&#10;Xrri5e2w7r/3nzOl7u/G9TOIQGP4K8MVn9EhZ6bSHa32olOwWMy4yX4CguN4nkxBlAqeHhOQeSb/&#10;8+e/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMpLD/U1AgAAYQQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKXWopLfAAAABwEAAA8AAAAAAAAA&#10;AAAAAAAAjwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1156953C" w14:textId="64D784F7" w:rsidR="002E0C1F" w:rsidRPr="00290F46" w:rsidRDefault="002E0C1F" w:rsidP="002E0C1F">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="22"/>
+                          <w:cs/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00290F46">
+                        <w:rPr>
+                          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="22"/>
+                          <w:cs/>
+                        </w:rPr>
+                        <w:t>(ตัวบรรจง)</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="008C3948" w:rsidRPr="00F00B00">
+      <w:r w:rsidR="002E0C1F" w:rsidRPr="002E0C1F">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1190 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:u w:val="dotted"/>
-[...17 lines deleted...]
-          <w:sz w:val="28"/>
           <w:cs/>
         </w:rPr>
         <w:t>ลงชื่อผู้ให้ข้อมูล</w:t>
       </w:r>
-      <w:r w:rsidR="00F147E2" w:rsidRPr="00F00B00">
+      <w:r w:rsidR="002E0C1F" w:rsidRPr="002E0C1F">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">             </w:t>
       </w:r>
-      <w:r w:rsidR="00F147E2" w:rsidRPr="0034476A">
+      <w:r w:rsidR="002E0C1F" w:rsidRPr="002E0C1F">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-          <w:u w:val="dotted"/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve">: …………………………………………………………………………………… </w:t>
       </w:r>
-      <w:r w:rsidR="0099452D" w:rsidRPr="0034476A">
+      <w:r w:rsidR="002E0C1F" w:rsidRPr="002E0C1F">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...42 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:cs/>
         </w:rPr>
-        <w:t>โทรศัพท์</w:t>
+        <w:t xml:space="preserve">โทรศัพท์ </w:t>
       </w:r>
-      <w:r w:rsidR="00F147E2" w:rsidRPr="00F00B00">
+      <w:r w:rsidR="002E0C1F" w:rsidRPr="002E0C1F">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-          <w:cs/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t>: ……………………………………</w:t>
       </w:r>
-      <w:r w:rsidR="00401D95" w:rsidRPr="0034476A">
+      <w:r w:rsidR="00290F46">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-          <w:u w:val="dotted"/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:tab/>
-[...29 lines deleted...]
-        <w:tab/>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="006615C7" w:rsidRPr="00F00B00" w:rsidSect="000D1757">
+    <w:sectPr w:rsidR="00AC709A" w:rsidRPr="00121B97" w:rsidSect="008A4EAE">
       <w:footerReference w:type="default" r:id="rId9"/>
-      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="284" w:right="708" w:bottom="426" w:left="256" w:header="709" w:footer="0" w:gutter="737"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1134" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="94" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A6912A0" w14:textId="77777777" w:rsidR="008B6BF5" w:rsidRDefault="008B6BF5" w:rsidP="003C6D3B">
+    <w:p w14:paraId="4787A963" w14:textId="77777777" w:rsidR="000F431E" w:rsidRDefault="000F431E" w:rsidP="003D736E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F6AD357" w14:textId="77777777" w:rsidR="008B6BF5" w:rsidRDefault="008B6BF5" w:rsidP="003C6D3B">
+    <w:p w14:paraId="76FEA5B5" w14:textId="77777777" w:rsidR="000F431E" w:rsidRDefault="000F431E" w:rsidP="003D736E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings 2">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cordia New">
-    <w:panose1 w:val="020B0304020202020204"/>
+  <w:font w:name="TH SarabunPSK">
+    <w:panose1 w:val="020B0500040200020003"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A100006F" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00010183" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="258513BC" w14:textId="61A87462" w:rsidR="003C6D3B" w:rsidRPr="008D0E4A" w:rsidRDefault="00EC49BC" w:rsidP="003C6D3B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1144FFB6" w14:textId="0C9049E0" w:rsidR="003D736E" w:rsidRPr="008A4EAE" w:rsidRDefault="003D736E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:szCs w:val="32"/>
+        <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="008A4EAE">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:szCs w:val="32"/>
+        <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
       </w:rPr>
-      <w:t>FM</w:t>
+      <w:t>FM-QP-22-01-028-R00(07/01/69)</w:t>
     </w:r>
-    <w:r w:rsidRPr="009F39B6">
+    <w:r w:rsidR="002600FF">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cs="Cordia New"/>
-[...3 lines deleted...]
-        <w:cs/>
+        <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
       </w:rPr>
-      <w:t>-</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="008A4EAE">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:szCs w:val="32"/>
+        <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
       </w:rPr>
-      <w:t>QP</w:t>
-[...217 lines deleted...]
-      <w:t>1</w:t>
+      <w:t>P1/1-CLT</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7D52D814" w14:textId="77777777" w:rsidR="003C6D3B" w:rsidRDefault="003C6D3B">
+  <w:p w14:paraId="0AAEDCF8" w14:textId="77777777" w:rsidR="003D736E" w:rsidRDefault="003D736E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="719AE792" w14:textId="77777777" w:rsidR="008B6BF5" w:rsidRDefault="008B6BF5" w:rsidP="003C6D3B">
+    <w:p w14:paraId="0AB061F0" w14:textId="77777777" w:rsidR="000F431E" w:rsidRDefault="000F431E" w:rsidP="003D736E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08C5E124" w14:textId="77777777" w:rsidR="008B6BF5" w:rsidRDefault="008B6BF5" w:rsidP="003C6D3B">
+    <w:p w14:paraId="2ECD6614" w14:textId="77777777" w:rsidR="000F431E" w:rsidRDefault="000F431E" w:rsidP="003D736E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF89"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="0B4E6569"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="65CCC660"/>
+    <w:lvl w:ilvl="0" w:tplc="5A0CFF86">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="685" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...15 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2211" w:hanging="360"/>
+        <w:ind w:left="1405" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2931" w:hanging="360"/>
+        <w:ind w:left="2125" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3651" w:hanging="360"/>
+        <w:ind w:left="2845" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4371" w:hanging="360"/>
+        <w:ind w:left="3565" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5091" w:hanging="360"/>
+        <w:ind w:left="4285" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5811" w:hanging="360"/>
+        <w:ind w:left="5005" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6531" w:hanging="360"/>
+        <w:ind w:left="5725" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7251" w:hanging="360"/>
+        <w:ind w:left="6445" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="36F1752C"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C9D4DF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="09008AE2"/>
-[...1 lines deleted...]
-      <w:start w:val="12"/>
+    <w:tmpl w:val="EC9A635A"/>
+    <w:lvl w:ilvl="0" w:tplc="5A0CFF86">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2490" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings 2" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings 2" w:cstheme="majorBidi" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3210" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3930" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4650" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5370" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6090" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6810" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7530" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8250" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2145998338">
-    <w:abstractNumId w:val="2"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70C867FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6B643962"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1103837667">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1066881256">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-[...1 lines deleted...]
-  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00345A35"/>
-[...422 lines deleted...]
-    <w:rsid w:val="00FF4175"/>
+    <w:rsidRoot w:val="00233162"/>
+    <w:rsid w:val="00021FEC"/>
+    <w:rsid w:val="00025EB0"/>
+    <w:rsid w:val="00045693"/>
+    <w:rsid w:val="000D2ABB"/>
+    <w:rsid w:val="000F431E"/>
+    <w:rsid w:val="00121B97"/>
+    <w:rsid w:val="001436F8"/>
+    <w:rsid w:val="00163630"/>
+    <w:rsid w:val="00233162"/>
+    <w:rsid w:val="002515ED"/>
+    <w:rsid w:val="002600FF"/>
+    <w:rsid w:val="00260AE3"/>
+    <w:rsid w:val="00276EA7"/>
+    <w:rsid w:val="0028649F"/>
+    <w:rsid w:val="00290F46"/>
+    <w:rsid w:val="002B5579"/>
+    <w:rsid w:val="002E0C1F"/>
+    <w:rsid w:val="003167FC"/>
+    <w:rsid w:val="003B1844"/>
+    <w:rsid w:val="003D736E"/>
+    <w:rsid w:val="00403C6F"/>
+    <w:rsid w:val="004812F2"/>
+    <w:rsid w:val="00487F9A"/>
+    <w:rsid w:val="007374D6"/>
+    <w:rsid w:val="00783324"/>
+    <w:rsid w:val="00853749"/>
+    <w:rsid w:val="008A4EAE"/>
+    <w:rsid w:val="00920BA8"/>
+    <w:rsid w:val="00AC709A"/>
+    <w:rsid w:val="00AD3084"/>
+    <w:rsid w:val="00B34990"/>
+    <w:rsid w:val="00C17606"/>
+    <w:rsid w:val="00C837E5"/>
+    <w:rsid w:val="00CA089A"/>
+    <w:rsid w:val="00D16244"/>
+    <w:rsid w:val="00DF661D"/>
+    <w:rsid w:val="00E37F9A"/>
+    <w:rsid w:val="00E40611"/>
+    <w:rsid w:val="00EA47BF"/>
+    <w:rsid w:val="00EF688C"/>
+    <w:rsid w:val="00F05957"/>
+    <w:rsid w:val="00FC4F04"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="740DE058"/>
-  <w15:docId w15:val="{C0684D81-3253-4BF3-935A-7736B4219BB8}"/>
+  <w14:docId w14:val="52F489C5"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{22110E06-BB70-4508-A350-FCF7DD45CA26}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="28"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="30"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="th-TH"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6506,531 +7873,1009 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00115811"/>
+    <w:rsid w:val="00233162"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00233162"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="50"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00233162"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00233162"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="35"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00233162"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00233162"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00233162"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00233162"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00233162"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00233162"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00233162"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="50"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00233162"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00233162"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="35"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00233162"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00233162"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00233162"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00233162"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00233162"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00233162"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00233162"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="71"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00233162"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="71"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00233162"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="35"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00233162"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="35"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00233162"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00233162"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00233162"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00233162"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00233162"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00233162"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00233162"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00345A35"/>
+    <w:rsid w:val="00233162"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-[...39 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C6D3B"/>
+    <w:rsid w:val="003D736E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003C6D3B"/>
+    <w:rsid w:val="003D736E"/>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C6D3B"/>
+    <w:rsid w:val="003D736E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003C6D3B"/>
-[...12 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="003D736E"/>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2DAFBD19-590B-4619-AC93-6E87265710EF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C33ACEF-D0E5-4C38-AA9A-86355841D802}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>380</Words>
-  <Characters>2171</Characters>
+  <Words>312</Words>
+  <Characters>1784</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Hewlett-Packard Company</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2546</CharactersWithSpaces>
+  <CharactersWithSpaces>2092</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>CLT_BKK</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Piyarat</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>